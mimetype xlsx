--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://unionhabitat-my.sharepoint.com/personal/c_thibault_foph_fr/Documents/EPRD/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="13_ncr:1_{7446A154-0B78-4BFD-9445-673CFFC8CDD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C11AD9E7-F6A1-46A1-A962-4F87CBA7F02B}"/>
+  <xr:revisionPtr revIDLastSave="37" documentId="13_ncr:1_{7446A154-0B78-4BFD-9445-673CFFC8CDD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{57710201-E0B7-4832-ABBB-0F4BFAB593E9}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E433F471-28E7-48C2-A175-3FC7F6F7A696}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{E433F471-28E7-48C2-A175-3FC7F6F7A696}"/>
   </bookViews>
   <sheets>
     <sheet name="Budget condensé" sheetId="1" r:id="rId1"/>
     <sheet name="Budget développé" sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="_101refr">#REF!</definedName>
     <definedName name="_101refr_E1">'[1]Fonds de roulement prévisionnel'!$C$17</definedName>
     <definedName name="_101refrs">'[1]Fonds de roulement prévisionnel'!$B$17</definedName>
     <definedName name="_104refr">#REF!</definedName>
     <definedName name="_104refr_E1">'[1]Fonds de roulement prévisionnel'!$C$18</definedName>
     <definedName name="_104refrs">'[1]Fonds de roulement prévisionnel'!$B$18</definedName>
     <definedName name="_131_8refr">#REF!</definedName>
     <definedName name="_131_8refr_E1">'[1]Fonds de roulement prévisionnel'!#REF!</definedName>
     <definedName name="_131_8refrs">'[1]Fonds de roulement prévisionnel'!#REF!</definedName>
     <definedName name="_16_17bbac">#REF!</definedName>
     <definedName name="_16_17dbac">#REF!</definedName>
     <definedName name="_16883var">#REF!</definedName>
     <definedName name="_16883varp">#REF!</definedName>
     <definedName name="_1688bblo">#REF!</definedName>
     <definedName name="_1688dblo">#REF!</definedName>
     <definedName name="_2678_768bblo">#REF!</definedName>
@@ -523,169 +523,169 @@
     <definedName name="_S_VARTRp">#REF!</definedName>
     <definedName name="exercice">#REF!</definedName>
     <definedName name="rue_office">#REF!</definedName>
     <definedName name="ville_office">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C89" i="2" l="1"/>
   <c r="E82" i="2" l="1"/>
   <c r="C82" i="2"/>
   <c r="C83" i="2" s="1"/>
-  <c r="C89" i="2" s="1"/>
   <c r="H67" i="2"/>
   <c r="G67" i="2"/>
   <c r="F67" i="2"/>
   <c r="F82" i="2" s="1"/>
   <c r="H66" i="2"/>
   <c r="G66" i="2"/>
-  <c r="G82" i="2" s="1"/>
   <c r="H45" i="2"/>
   <c r="H58" i="2" s="1"/>
   <c r="G45" i="2"/>
   <c r="G58" i="2" s="1"/>
   <c r="H40" i="2"/>
   <c r="G40" i="2"/>
   <c r="H31" i="2"/>
   <c r="G31" i="2"/>
+  <c r="G52" i="2" s="1"/>
   <c r="H26" i="2"/>
   <c r="H57" i="2" s="1"/>
   <c r="G26" i="2"/>
-  <c r="G57" i="2" s="1"/>
   <c r="H22" i="2"/>
   <c r="G22" i="2"/>
   <c r="H18" i="2"/>
   <c r="G18" i="2"/>
   <c r="H15" i="2"/>
   <c r="G15" i="2"/>
   <c r="H10" i="2"/>
   <c r="G10" i="2"/>
   <c r="H6" i="2"/>
   <c r="G6" i="2"/>
+  <c r="G29" i="2" s="1"/>
   <c r="E82" i="1"/>
   <c r="C82" i="1"/>
   <c r="C83" i="1" s="1"/>
   <c r="H67" i="1"/>
   <c r="G67" i="1"/>
   <c r="F67" i="1"/>
   <c r="F82" i="1" s="1"/>
   <c r="H66" i="1"/>
   <c r="G66" i="1"/>
-  <c r="G82" i="1" s="1"/>
   <c r="H45" i="1"/>
   <c r="H58" i="1" s="1"/>
   <c r="G45" i="1"/>
   <c r="G58" i="1" s="1"/>
   <c r="H40" i="1"/>
   <c r="G40" i="1"/>
   <c r="H31" i="1"/>
   <c r="G31" i="1"/>
   <c r="H26" i="1"/>
   <c r="H57" i="1" s="1"/>
   <c r="G26" i="1"/>
   <c r="G57" i="1" s="1"/>
   <c r="H22" i="1"/>
   <c r="G22" i="1"/>
   <c r="H18" i="1"/>
   <c r="G18" i="1"/>
   <c r="H15" i="1"/>
   <c r="G15" i="1"/>
   <c r="H10" i="1"/>
   <c r="G10" i="1"/>
   <c r="H6" i="1"/>
   <c r="G6" i="1"/>
-  <c r="H52" i="1" l="1"/>
+  <c r="G54" i="2" l="1"/>
+  <c r="G57" i="2"/>
+  <c r="G82" i="2"/>
+  <c r="G82" i="1"/>
+  <c r="H52" i="1"/>
   <c r="H52" i="2"/>
   <c r="H82" i="1"/>
   <c r="G29" i="1"/>
   <c r="G54" i="1" s="1"/>
   <c r="H29" i="1"/>
-  <c r="H54" i="1" s="1"/>
-  <c r="D67" i="1" s="1"/>
   <c r="H82" i="2"/>
   <c r="G52" i="1"/>
-  <c r="G52" i="2"/>
-[...1 lines deleted...]
-  <c r="G54" i="2" s="1"/>
   <c r="D64" i="2"/>
   <c r="H29" i="2"/>
-  <c r="H54" i="2" s="1"/>
-  <c r="D67" i="2" s="1"/>
   <c r="C89" i="1"/>
   <c r="D64" i="1"/>
-  <c r="H56" i="2" l="1"/>
+  <c r="H54" i="2" l="1"/>
+  <c r="D67" i="2" s="1"/>
+  <c r="H54" i="1"/>
+  <c r="D67" i="1" s="1"/>
+  <c r="H56" i="1"/>
+  <c r="H60" i="1" s="1"/>
+  <c r="H56" i="2"/>
   <c r="H60" i="2" s="1"/>
   <c r="G56" i="2"/>
   <c r="G60" i="2" s="1"/>
-  <c r="H56" i="1"/>
-[...1 lines deleted...]
-  <c r="G56" i="1"/>
+  <c r="G56" i="1" l="1"/>
   <c r="G60" i="1" s="1"/>
-  <c r="D66" i="2" l="1"/>
+  <c r="D66" i="1" s="1"/>
+  <c r="D82" i="1" s="1"/>
+  <c r="D83" i="1" s="1"/>
+  <c r="E64" i="1" s="1"/>
+  <c r="E83" i="1" s="1"/>
+  <c r="F64" i="1" s="1"/>
+  <c r="F83" i="1" s="1"/>
+  <c r="G64" i="1" s="1"/>
+  <c r="G83" i="1" s="1"/>
+  <c r="H64" i="1" s="1"/>
+  <c r="H83" i="1" s="1"/>
+  <c r="D66" i="2"/>
   <c r="D82" i="2" s="1"/>
   <c r="D83" i="2" s="1"/>
   <c r="E64" i="2" s="1"/>
   <c r="E83" i="2" s="1"/>
   <c r="F64" i="2" s="1"/>
   <c r="F83" i="2" s="1"/>
   <c r="G64" i="2" s="1"/>
   <c r="G83" i="2" s="1"/>
   <c r="H64" i="2" s="1"/>
   <c r="H83" i="2" s="1"/>
-  <c r="D66" i="1"/>
-[...9 lines deleted...]
-  <c r="H83" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="113">
   <si>
     <t>BUDGET PREVISIONNEL EXERCICE N</t>
   </si>
   <si>
     <t>COMPTE DE RESULTAT PREVISIONNEL DE L'EXERCICE N</t>
   </si>
   <si>
     <t>N° de compte</t>
   </si>
   <si>
     <t>Intitulé</t>
   </si>
   <si>
     <t>Estimations
 Exercice N-1</t>
   </si>
   <si>
     <t>Exercice N</t>
   </si>
   <si>
     <t>PRODUITS hors récupération de charges</t>
   </si>
   <si>
     <t>MARGE SUR ACCESSION</t>
   </si>
@@ -732,53 +732,50 @@
     <t>SUBVENTIONS</t>
   </si>
   <si>
     <t>741-742-744</t>
   </si>
   <si>
     <t>Subventions d'exploitation et de travaux de gros entretien</t>
   </si>
   <si>
     <t>Quote-part des subventions d’investissement virée au résultat de l’exercice</t>
   </si>
   <si>
     <t>AUTRES PRODUITS DE GESTION COURANTE</t>
   </si>
   <si>
     <t>Dégrèvements d'impôts</t>
   </si>
   <si>
     <t>Produits de cessions d'immobilisations incorporelles et corporelles</t>
   </si>
   <si>
     <t>Autres 75</t>
   </si>
   <si>
     <t xml:space="preserve">     Autres produits de gestion courante </t>
-  </si>
-[...1 lines deleted...]
-    <t>765-766-768</t>
   </si>
   <si>
     <t xml:space="preserve">     Autres produits financiers</t>
   </si>
   <si>
     <t>Produits sur cession d'éléments financiers</t>
   </si>
   <si>
     <t xml:space="preserve">    Reprises sur provisions pour gros entretien</t>
   </si>
   <si>
     <t>Autres 78</t>
   </si>
   <si>
     <t xml:space="preserve">    Autres reprises</t>
   </si>
   <si>
     <t>TOTAL I</t>
   </si>
   <si>
     <t>CHARGES non récupérables</t>
   </si>
   <si>
     <t>60-61-62-63-64-65</t>
   </si>
@@ -1023,59 +1020,111 @@
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Emprunts affectés au financement de stocks immobiliers</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> - Remboursement en capital des emprunts locatifs (hors remboursements anticipés)</t>
   </si>
   <si>
     <t>Dépréciations des créances douteuses</t>
   </si>
   <si>
     <t xml:space="preserve">     Autres charges d'exploitation</t>
   </si>
   <si>
     <t xml:space="preserve">     - Comptes 747,757,767,78 et éventuelles cessions enregistrées en 778</t>
   </si>
   <si>
     <t xml:space="preserve">     + Comptes 657, 667,68 et éventuelles cessions enregistrées en 678</t>
   </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>762-763-</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>765-766-768</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>762-763</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>-765-766-768</t>
+    </r>
+  </si>
+  <si>
+    <t>en rouge : modification sur à correction coquille arrêté</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="19">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Geneva"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1126,50 +1175,63 @@
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -2095,51 +2157,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="40" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="227">
+  <cellXfs count="229">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
       <protection locked="0"/>
@@ -2784,81 +2846,91 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Milliers 2" xfId="2" xr:uid="{D39D2631-109C-4C80-A4E3-48C3DC79C3C8}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{3A833719-7FEC-4306-9A2D-2A0340E91698}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="Evolutions%20maquette%20budg&#233;taire%202024_ct_PhM.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\MANENC\BUDGET%20OPH\2024-REDEFINITION%20DU%20BUDGET\Evolutions%20maquette%20budg&#233;taire%202024_ct_PhM.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="Evolutions%20maquette%20budg&#233;taire%202024_ct_PhM.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Budget synthétique 2025"/>
       <sheetName val="Cpte résulat prévisionnel 2025"/>
       <sheetName val="Budget synthétique V4 06_2025"/>
       <sheetName val="Budget synthétique V4 FdR (3)"/>
       <sheetName val="Budget synthétique V1 potent fi"/>
       <sheetName val="Budget synthétique V2 FdR"/>
       <sheetName val="Compte résulat prévisionnel V3"/>
       <sheetName val="Autofi. net HLM prévisionnel"/>
       <sheetName val="Fonds de roulement prévisionnel"/>
       <sheetName val="Budget autofi net HLM+FdR"/>
       <sheetName val="Budget résultat+autofi net+FdR"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6">
         <row r="1">
           <cell r="A1" t="str">
             <v>OPH</v>
           </cell>
@@ -3224,133 +3296,135 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{279ABD54-5A0F-4868-B1C3-8AFC698AA0CE}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L90"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J34" sqref="J34"/>
+    <sheetView showGridLines="0" topLeftCell="A32" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K43" sqref="K43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="42.7109375" style="82" bestFit="1" customWidth="1"/>
-    <col min="2" max="8" width="13.5703125" style="83" customWidth="1"/>
+    <col min="1" max="1" width="33.42578125" style="82" customWidth="1"/>
+    <col min="2" max="5" width="13.5703125" style="83" customWidth="1"/>
+    <col min="6" max="6" width="4.85546875" style="83" customWidth="1"/>
+    <col min="7" max="8" width="13.5703125" style="83" customWidth="1"/>
     <col min="9" max="11" width="13.5703125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" customFormat="1" ht="21" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
     </row>
     <row r="2" spans="1:12" ht="21" customHeight="1" thickBot="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" s="12" customFormat="1" ht="28.5" customHeight="1">
       <c r="A3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="9"/>
       <c r="G3" s="10" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:12" s="12" customFormat="1" ht="18" customHeight="1">
+    <row r="4" spans="1:12" s="12" customFormat="1" ht="18" hidden="1" customHeight="1">
       <c r="A4" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="14"/>
       <c r="C4" s="14"/>
       <c r="D4" s="14"/>
       <c r="E4" s="14"/>
       <c r="F4" s="15"/>
       <c r="G4" s="16"/>
       <c r="H4" s="17"/>
     </row>
-    <row r="5" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="5" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A5" s="18"/>
       <c r="B5" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="20"/>
       <c r="D5" s="20"/>
       <c r="E5" s="20"/>
       <c r="F5" s="21"/>
       <c r="G5" s="22"/>
       <c r="H5" s="23"/>
     </row>
-    <row r="6" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="6" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A6" s="24">
         <v>704</v>
       </c>
       <c r="B6" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="26"/>
       <c r="D6" s="26"/>
       <c r="E6" s="26"/>
       <c r="F6" s="27"/>
       <c r="G6" s="28">
         <f>SUM(G7:G9)</f>
         <v>0</v>
       </c>
       <c r="H6" s="29">
         <f>SUM(H7:H9)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A7" s="30">
         <v>7041</v>
       </c>
       <c r="B7" s="31" t="s">
         <v>9</v>
@@ -3368,51 +3442,51 @@
       </c>
       <c r="B8" s="31" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="32"/>
       <c r="D8" s="32"/>
       <c r="E8" s="32"/>
       <c r="F8" s="33"/>
       <c r="G8" s="34"/>
       <c r="H8" s="35"/>
     </row>
     <row r="9" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A9" s="36" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="37" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="38"/>
       <c r="D9" s="38"/>
       <c r="E9" s="38"/>
       <c r="F9" s="39"/>
       <c r="G9" s="40"/>
       <c r="H9" s="41"/>
     </row>
-    <row r="10" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="10" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A10" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="25" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="26"/>
       <c r="D10" s="26"/>
       <c r="E10" s="26"/>
       <c r="F10" s="27"/>
       <c r="G10" s="28">
         <f>SUM(G11:G13)</f>
         <v>0</v>
       </c>
       <c r="H10" s="29">
         <f>SUM(H11:H13)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A11" s="30">
         <v>706</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>15</v>
@@ -3430,1269 +3504,1271 @@
       </c>
       <c r="B12" s="31" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="32"/>
       <c r="D12" s="32"/>
       <c r="E12" s="32"/>
       <c r="F12" s="33"/>
       <c r="G12" s="34"/>
       <c r="H12" s="35"/>
     </row>
     <row r="13" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A13" s="30" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="32"/>
       <c r="D13" s="32"/>
       <c r="E13" s="32"/>
       <c r="F13" s="33"/>
       <c r="G13" s="44"/>
       <c r="H13" s="35"/>
     </row>
-    <row r="14" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="14" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A14" s="24">
         <v>72</v>
       </c>
       <c r="B14" s="25" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="26"/>
       <c r="D14" s="26"/>
       <c r="E14" s="26"/>
       <c r="F14" s="27"/>
       <c r="G14" s="28"/>
       <c r="H14" s="29"/>
     </row>
-    <row r="15" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="15" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A15" s="24">
         <v>74</v>
       </c>
       <c r="B15" s="25" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="26"/>
       <c r="D15" s="26"/>
       <c r="E15" s="26"/>
       <c r="F15" s="27"/>
       <c r="G15" s="28">
         <f>SUM(G16:G17)</f>
         <v>0</v>
       </c>
       <c r="H15" s="29">
         <f>SUM(H16:H17)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="16" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A16" s="30" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="45" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="46"/>
       <c r="D16" s="46"/>
       <c r="E16" s="46"/>
       <c r="F16" s="47"/>
       <c r="G16" s="44"/>
       <c r="H16" s="35"/>
     </row>
-    <row r="17" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="17" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A17" s="48">
         <v>747</v>
       </c>
       <c r="B17" s="45" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="49"/>
       <c r="D17" s="49"/>
       <c r="E17" s="49"/>
       <c r="F17" s="50"/>
       <c r="G17" s="51"/>
       <c r="H17" s="52"/>
     </row>
-    <row r="18" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="18" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A18" s="24">
         <v>75</v>
       </c>
       <c r="B18" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="26"/>
       <c r="D18" s="26"/>
       <c r="E18" s="26"/>
       <c r="F18" s="27"/>
       <c r="G18" s="28">
         <f>SUM(G19:G21)</f>
         <v>0</v>
       </c>
       <c r="H18" s="29">
         <f>SUM(H19:H21)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="19" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A19" s="30">
         <v>7584</v>
       </c>
       <c r="B19" s="45" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="46"/>
       <c r="D19" s="46"/>
       <c r="E19" s="46"/>
       <c r="F19" s="47"/>
       <c r="G19" s="42"/>
       <c r="H19" s="43"/>
     </row>
-    <row r="20" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="20" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A20" s="30">
         <v>757</v>
       </c>
       <c r="B20" s="45" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="46"/>
       <c r="D20" s="46"/>
       <c r="E20" s="46"/>
       <c r="F20" s="47"/>
       <c r="G20" s="34"/>
       <c r="H20" s="35"/>
     </row>
-    <row r="21" spans="1:8" s="12" customFormat="1" ht="12.75" customHeight="1">
+    <row r="21" spans="1:8" s="12" customFormat="1" ht="12.75" hidden="1" customHeight="1">
       <c r="A21" s="48" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="53" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="54"/>
       <c r="D21" s="54"/>
       <c r="E21" s="54"/>
       <c r="F21" s="55"/>
       <c r="G21" s="51"/>
       <c r="H21" s="52"/>
     </row>
-    <row r="22" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="22" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A22" s="24">
         <v>76</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C22" s="26"/>
       <c r="D22" s="26"/>
       <c r="E22" s="26"/>
       <c r="F22" s="27"/>
       <c r="G22" s="28">
         <f>SUM(G23:G24)</f>
         <v>0</v>
       </c>
       <c r="H22" s="29">
         <f>SUM(H23:H24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A23" s="36" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" s="37" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C23" s="38"/>
       <c r="D23" s="38"/>
       <c r="E23" s="38"/>
       <c r="F23" s="39"/>
       <c r="G23" s="40"/>
       <c r="H23" s="41"/>
     </row>
     <row r="24" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A24" s="48">
         <v>767</v>
       </c>
       <c r="B24" s="56" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C24" s="57"/>
       <c r="D24" s="57"/>
       <c r="E24" s="57"/>
       <c r="F24" s="58"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
-    <row r="25" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
+    <row r="25" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A25" s="59">
         <v>778</v>
       </c>
       <c r="B25" s="19" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C25" s="20"/>
       <c r="D25" s="20"/>
       <c r="E25" s="20"/>
       <c r="F25" s="21"/>
       <c r="G25" s="22"/>
       <c r="H25" s="23"/>
     </row>
-    <row r="26" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1" thickBot="1">
+    <row r="26" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
       <c r="A26" s="24">
         <v>78</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C26" s="26"/>
       <c r="D26" s="26"/>
       <c r="E26" s="26"/>
       <c r="F26" s="27"/>
       <c r="G26" s="28">
         <f>SUM(G27:G28)</f>
         <v>0</v>
       </c>
       <c r="H26" s="29">
         <f>SUM(H27:H28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
-      <c r="A27" s="30">
-        <v>78157</v>
+      <c r="A27" s="227">
+        <v>781525</v>
       </c>
       <c r="B27" s="31" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C27" s="32"/>
       <c r="D27" s="32"/>
       <c r="E27" s="32"/>
       <c r="F27" s="33"/>
       <c r="G27" s="34"/>
       <c r="H27" s="35"/>
     </row>
-    <row r="28" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
+    <row r="28" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1" thickBot="1">
       <c r="A28" s="36" t="s">
+        <v>33</v>
+      </c>
+      <c r="B28" s="37" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C28" s="38"/>
       <c r="D28" s="38"/>
       <c r="E28" s="38"/>
       <c r="F28" s="39"/>
       <c r="G28" s="40"/>
       <c r="H28" s="41"/>
     </row>
-    <row r="29" spans="1:8" s="12" customFormat="1" ht="21" customHeight="1" thickBot="1">
+    <row r="29" spans="1:8" s="12" customFormat="1" ht="21" hidden="1" customHeight="1" thickBot="1">
       <c r="A29" s="60" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B29" s="61"/>
       <c r="C29" s="61"/>
       <c r="D29" s="61"/>
       <c r="E29" s="61"/>
       <c r="F29" s="62"/>
       <c r="G29" s="63">
         <f>SUM(G5,G6,G10,G14,G15,G18,G22,G25,G26)</f>
         <v>0</v>
       </c>
       <c r="H29" s="64">
         <f>SUM(H5,H6,H10,H14,H15,H18,H22,H25,H26)</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="67" customFormat="1" ht="18" customHeight="1">
       <c r="A30" s="13" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B30" s="14"/>
       <c r="C30" s="14"/>
       <c r="D30" s="14"/>
       <c r="E30" s="14"/>
       <c r="F30" s="15"/>
       <c r="G30" s="65"/>
       <c r="H30" s="66"/>
     </row>
     <row r="31" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A31" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="B31" s="25" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C31" s="26"/>
       <c r="D31" s="26"/>
       <c r="E31" s="26"/>
       <c r="F31" s="27"/>
       <c r="G31" s="28">
         <f>SUM(G32:G39)</f>
         <v>0</v>
       </c>
       <c r="H31" s="29">
         <f>SUM(H32:H39)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A32" s="30">
         <v>64</v>
       </c>
       <c r="B32" s="31" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C32" s="32"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="33"/>
       <c r="G32" s="34"/>
       <c r="H32" s="35"/>
     </row>
     <row r="33" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A33" s="30">
         <v>6151</v>
       </c>
       <c r="B33" s="31" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C33" s="32"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="33"/>
       <c r="G33" s="34"/>
       <c r="H33" s="35"/>
     </row>
     <row r="34" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A34" s="30">
         <v>6152</v>
       </c>
       <c r="B34" s="31" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C34" s="32"/>
       <c r="D34" s="32"/>
       <c r="E34" s="32"/>
       <c r="F34" s="33"/>
       <c r="G34" s="34"/>
       <c r="H34" s="35"/>
     </row>
     <row r="35" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A35" s="30">
         <v>63512</v>
       </c>
       <c r="B35" s="31" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C35" s="32"/>
       <c r="D35" s="32"/>
       <c r="E35" s="32"/>
       <c r="F35" s="33"/>
       <c r="G35" s="34"/>
       <c r="H35" s="35"/>
     </row>
     <row r="36" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A36" s="30" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B36" s="31" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C36" s="32"/>
       <c r="D36" s="32"/>
       <c r="E36" s="32"/>
       <c r="F36" s="33"/>
       <c r="G36" s="34"/>
       <c r="H36" s="35"/>
     </row>
     <row r="37" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A37" s="30">
         <v>652</v>
       </c>
       <c r="B37" s="45" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C37" s="46"/>
       <c r="D37" s="46"/>
       <c r="E37" s="46"/>
       <c r="F37" s="47"/>
       <c r="G37" s="34"/>
       <c r="H37" s="35"/>
     </row>
     <row r="38" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A38" s="30">
         <v>657</v>
       </c>
       <c r="B38" s="45" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="47"/>
       <c r="G38" s="34"/>
       <c r="H38" s="35"/>
     </row>
     <row r="39" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A39" s="36" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" s="68" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C39" s="49"/>
       <c r="D39" s="49"/>
       <c r="E39" s="49"/>
       <c r="F39" s="50"/>
       <c r="G39" s="40"/>
       <c r="H39" s="41"/>
     </row>
     <row r="40" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A40" s="24">
         <v>66</v>
       </c>
       <c r="B40" s="25" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C40" s="26"/>
       <c r="D40" s="26"/>
       <c r="E40" s="26"/>
       <c r="F40" s="27"/>
       <c r="G40" s="28">
         <f>SUM(G41:G43)</f>
         <v>0</v>
       </c>
       <c r="H40" s="29">
         <f>SUM(H41:H43)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
+    <row r="41" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A41" s="30" t="s">
+        <v>48</v>
+      </c>
+      <c r="B41" s="31" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C41" s="32"/>
       <c r="D41" s="32"/>
       <c r="E41" s="32"/>
       <c r="F41" s="33"/>
       <c r="G41" s="34"/>
       <c r="H41" s="35"/>
     </row>
-    <row r="42" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
+    <row r="42" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A42" s="30">
         <v>667</v>
       </c>
       <c r="B42" s="45" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C42" s="46"/>
       <c r="D42" s="46"/>
       <c r="E42" s="46"/>
       <c r="F42" s="47"/>
       <c r="G42" s="34"/>
       <c r="H42" s="35"/>
     </row>
-    <row r="43" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
+    <row r="43" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A43" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="B43" s="31" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C43" s="32"/>
       <c r="D43" s="32"/>
       <c r="E43" s="32"/>
       <c r="F43" s="33"/>
       <c r="G43" s="34"/>
       <c r="H43" s="35"/>
     </row>
     <row r="44" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A44" s="24">
         <v>678</v>
       </c>
       <c r="B44" s="25" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C44" s="26"/>
       <c r="D44" s="26"/>
       <c r="E44" s="26"/>
       <c r="F44" s="27"/>
       <c r="G44" s="28"/>
       <c r="H44" s="29"/>
     </row>
     <row r="45" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A45" s="24">
         <v>68</v>
       </c>
       <c r="B45" s="25" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C45" s="26"/>
       <c r="D45" s="26"/>
       <c r="E45" s="26"/>
       <c r="F45" s="27"/>
       <c r="G45" s="28">
         <f>SUM(G46:G50)</f>
         <v>0</v>
       </c>
       <c r="H45" s="29">
         <f>SUM(H46:H50)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:8" s="12" customFormat="1" ht="22.5" hidden="1">
+    <row r="46" spans="1:8" s="12" customFormat="1" ht="33.75">
       <c r="A46" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="B46" s="31" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="32"/>
       <c r="E46" s="32"/>
       <c r="F46" s="33"/>
       <c r="G46" s="34"/>
       <c r="H46" s="35"/>
     </row>
-    <row r="47" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
+    <row r="47" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A47" s="30" t="s">
+        <v>55</v>
+      </c>
+      <c r="B47" s="31" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C47" s="32"/>
       <c r="D47" s="32"/>
       <c r="E47" s="32"/>
       <c r="F47" s="33"/>
       <c r="G47" s="34"/>
       <c r="H47" s="35"/>
     </row>
-    <row r="48" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
+    <row r="48" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A48" s="30">
         <v>681525</v>
       </c>
       <c r="B48" s="31" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C48" s="32"/>
       <c r="D48" s="32"/>
       <c r="E48" s="32"/>
       <c r="F48" s="33"/>
       <c r="G48" s="34"/>
       <c r="H48" s="35"/>
     </row>
-    <row r="49" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
+    <row r="49" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A49" s="30">
         <v>68174</v>
       </c>
       <c r="B49" s="45" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C49" s="46"/>
       <c r="D49" s="46"/>
       <c r="E49" s="46"/>
       <c r="F49" s="47"/>
       <c r="G49" s="34"/>
       <c r="H49" s="35"/>
     </row>
-    <row r="50" spans="1:12" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
+    <row r="50" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A50" s="36" t="s">
+        <v>59</v>
+      </c>
+      <c r="B50" s="37" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C50" s="38"/>
       <c r="D50" s="38"/>
       <c r="E50" s="38"/>
       <c r="F50" s="39"/>
       <c r="G50" s="40"/>
       <c r="H50" s="41"/>
     </row>
     <row r="51" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A51" s="59">
         <v>69</v>
       </c>
       <c r="B51" s="70" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C51" s="71"/>
       <c r="D51" s="71"/>
       <c r="E51" s="71"/>
       <c r="F51" s="72"/>
       <c r="G51" s="22"/>
       <c r="H51" s="23"/>
     </row>
     <row r="52" spans="1:12" s="12" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A52" s="60" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B52" s="73"/>
       <c r="C52" s="73"/>
       <c r="D52" s="73"/>
       <c r="E52" s="73"/>
       <c r="F52" s="73"/>
       <c r="G52" s="63">
         <f>SUM(G31,G40,G44,G45,G51)</f>
         <v>0</v>
       </c>
       <c r="H52" s="64">
         <f>SUM(H31,H40,H44,H45,H51)</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A53" s="74"/>
       <c r="B53" s="75" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C53" s="76"/>
       <c r="D53" s="76"/>
       <c r="E53" s="76"/>
       <c r="F53" s="76"/>
       <c r="G53" s="77"/>
       <c r="H53" s="78"/>
     </row>
     <row r="54" spans="1:12" s="12" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A54" s="220" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B54" s="221"/>
       <c r="C54" s="79"/>
       <c r="D54" s="79"/>
       <c r="E54" s="79"/>
       <c r="F54" s="79"/>
       <c r="G54" s="80">
-        <f>SUM(G29,G52,G53)</f>
+        <f>SUM(G29,-G52,G53)</f>
         <v>0</v>
       </c>
       <c r="H54" s="81">
         <f>SUM(H29,H52,H53)</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:12" ht="15" customHeight="1" thickBot="1">
       <c r="G55" s="84"/>
       <c r="H55" s="84"/>
       <c r="I55" s="12"/>
       <c r="J55" s="12"/>
       <c r="K55" s="12"/>
     </row>
     <row r="56" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A56" s="85"/>
       <c r="B56" s="86" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C56" s="87"/>
       <c r="D56" s="87"/>
       <c r="E56" s="87"/>
       <c r="F56" s="88"/>
       <c r="G56" s="89">
         <f>+_S_REVI1</f>
         <v>0</v>
       </c>
       <c r="H56" s="90">
         <f>+_S_REVI1</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A57" s="91"/>
       <c r="B57" s="214" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C57" s="215"/>
       <c r="D57" s="92"/>
       <c r="E57" s="92"/>
       <c r="F57" s="93"/>
       <c r="G57" s="94">
         <f>-G17-G20-G26</f>
         <v>0</v>
       </c>
       <c r="H57" s="95">
         <f>-H17-H20-H26</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A58" s="91"/>
       <c r="B58" s="217" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C58" s="218"/>
       <c r="D58" s="96"/>
       <c r="E58" s="96"/>
       <c r="F58" s="97"/>
       <c r="G58" s="94">
         <f>+G38+G42+G45</f>
         <v>0</v>
       </c>
       <c r="H58" s="95">
         <f>+H38+H42+H45</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A59" s="36"/>
       <c r="B59" s="98" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C59" s="99"/>
       <c r="D59" s="99"/>
       <c r="E59" s="99"/>
       <c r="F59" s="100"/>
       <c r="G59" s="40"/>
       <c r="H59" s="41"/>
     </row>
     <row r="60" spans="1:12" s="12" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A60" s="220" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B60" s="222"/>
       <c r="C60" s="101"/>
       <c r="D60" s="101"/>
       <c r="E60" s="101"/>
       <c r="F60" s="101"/>
       <c r="G60" s="80">
         <f>SUM(G56:G59)</f>
         <v>0</v>
       </c>
       <c r="H60" s="81">
         <f>SUM(H56:H59)</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" s="223"/>
       <c r="B61" s="224"/>
       <c r="C61" s="102"/>
       <c r="D61" s="102"/>
       <c r="E61" s="102"/>
       <c r="F61" s="102"/>
       <c r="G61" s="38"/>
       <c r="H61" s="38"/>
       <c r="I61" s="12"/>
       <c r="J61" s="12"/>
       <c r="K61" s="12"/>
     </row>
     <row r="62" spans="1:12" ht="18" customHeight="1" thickBot="1">
       <c r="A62" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
       <c r="I62" s="5"/>
       <c r="J62" s="5"/>
       <c r="K62" s="5"/>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" s="103"/>
       <c r="C63" s="104" t="s">
+        <v>68</v>
+      </c>
+      <c r="D63" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="D63" s="105" t="s">
+      <c r="E63" s="106" t="s">
         <v>70</v>
       </c>
-      <c r="E63" s="106" t="s">
+      <c r="F63" s="107" t="s">
         <v>71</v>
       </c>
-      <c r="F63" s="107" t="s">
+      <c r="G63" s="107" t="s">
         <v>72</v>
       </c>
-      <c r="G63" s="107" t="s">
+      <c r="H63" s="107" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" s="108" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B64" s="109"/>
       <c r="C64" s="110"/>
       <c r="D64" s="111">
         <f>+C83</f>
         <v>0</v>
       </c>
       <c r="E64" s="112">
         <f>+D83</f>
         <v>0</v>
       </c>
       <c r="F64" s="113">
         <f>+E83</f>
         <v>0</v>
       </c>
       <c r="G64" s="113">
         <f>+F83</f>
         <v>0</v>
       </c>
       <c r="H64" s="113">
         <f>+G83</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="114" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B65" s="115"/>
       <c r="C65" s="116"/>
       <c r="D65" s="117"/>
       <c r="E65" s="118"/>
       <c r="F65" s="119"/>
       <c r="G65" s="119"/>
       <c r="H65" s="119"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="120" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B66" s="121"/>
       <c r="C66" s="122"/>
       <c r="D66" s="123">
         <f>+G60-H60</f>
         <v>0</v>
       </c>
       <c r="E66" s="124"/>
       <c r="F66" s="125"/>
       <c r="G66" s="125">
         <f>+J60-K60</f>
         <v>0</v>
       </c>
       <c r="H66" s="125">
         <f>+K60-L60</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="126" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B67" s="127"/>
       <c r="C67" s="128"/>
       <c r="D67" s="129">
         <f>+H54</f>
         <v>0</v>
       </c>
       <c r="E67" s="130"/>
       <c r="F67" s="131">
         <f>+J54</f>
         <v>0</v>
       </c>
       <c r="G67" s="131">
         <f>+K54</f>
         <v>0</v>
       </c>
       <c r="H67" s="131">
         <f>+L54</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="114" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B68" s="115"/>
       <c r="C68" s="132"/>
       <c r="D68" s="133"/>
       <c r="E68" s="134"/>
       <c r="F68" s="135"/>
       <c r="G68" s="135"/>
       <c r="H68" s="135"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="120" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B69" s="121"/>
       <c r="C69" s="136"/>
       <c r="D69" s="137"/>
       <c r="E69" s="138"/>
       <c r="F69" s="139"/>
       <c r="G69" s="139"/>
       <c r="H69" s="139"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="126" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B70" s="127"/>
       <c r="C70" s="128"/>
       <c r="D70" s="129"/>
       <c r="E70" s="130"/>
       <c r="F70" s="131"/>
       <c r="G70" s="131"/>
       <c r="H70" s="131"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="126" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B71" s="127"/>
       <c r="C71" s="128"/>
       <c r="D71" s="129"/>
       <c r="E71" s="130"/>
       <c r="F71" s="131"/>
       <c r="G71" s="131"/>
       <c r="H71" s="131"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="126" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B72" s="127"/>
       <c r="C72" s="128"/>
       <c r="D72" s="129"/>
       <c r="E72" s="130"/>
       <c r="F72" s="131"/>
       <c r="G72" s="131"/>
       <c r="H72" s="131"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="126" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B73" s="127"/>
       <c r="C73" s="128"/>
       <c r="D73" s="129"/>
       <c r="E73" s="130"/>
       <c r="F73" s="131"/>
       <c r="G73" s="131"/>
       <c r="H73" s="131"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="140" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B74" s="141"/>
       <c r="C74" s="128"/>
       <c r="D74" s="129"/>
       <c r="E74" s="130"/>
       <c r="F74" s="131"/>
       <c r="G74" s="131"/>
       <c r="H74" s="131"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="142" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B75" s="143"/>
       <c r="C75" s="128"/>
       <c r="D75" s="129"/>
       <c r="E75" s="130"/>
       <c r="F75" s="131"/>
       <c r="G75" s="131"/>
       <c r="H75" s="131"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="142" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B76" s="143"/>
       <c r="C76" s="128"/>
       <c r="D76" s="129"/>
       <c r="E76" s="130"/>
       <c r="F76" s="131"/>
       <c r="G76" s="131"/>
       <c r="H76" s="131"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="144" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B77" s="145"/>
       <c r="C77" s="128"/>
       <c r="D77" s="129"/>
       <c r="E77" s="130"/>
       <c r="F77" s="131"/>
       <c r="G77" s="131"/>
       <c r="H77" s="131"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="144" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B78" s="145"/>
       <c r="C78" s="128"/>
       <c r="D78" s="129"/>
       <c r="E78" s="130"/>
       <c r="F78" s="131"/>
       <c r="G78" s="131"/>
       <c r="H78" s="131"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="144" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B79" s="145"/>
       <c r="C79" s="128"/>
       <c r="D79" s="129"/>
       <c r="E79" s="130"/>
       <c r="F79" s="131"/>
       <c r="G79" s="131"/>
       <c r="H79" s="131"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="144" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B80" s="145"/>
       <c r="C80" s="128"/>
       <c r="D80" s="129"/>
       <c r="E80" s="130"/>
       <c r="F80" s="131"/>
       <c r="G80" s="131"/>
       <c r="H80" s="131"/>
     </row>
     <row r="81" spans="1:12">
       <c r="A81" s="146"/>
       <c r="B81" s="147"/>
       <c r="C81" s="148"/>
       <c r="D81" s="149"/>
       <c r="E81" s="150"/>
       <c r="F81" s="151"/>
       <c r="G81" s="151"/>
       <c r="H81" s="151"/>
     </row>
     <row r="82" spans="1:12">
       <c r="A82" s="152" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B82" s="153"/>
       <c r="C82" s="154">
         <f t="shared" ref="C82:H82" si="0">SUM(C66:C81)</f>
         <v>0</v>
       </c>
       <c r="D82" s="155">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E82" s="156">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F82" s="156">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G82" s="156">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H82" s="156">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83" s="108" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B83" s="109"/>
       <c r="C83" s="110">
         <f t="shared" ref="C83:H83" si="1">+C64+C82</f>
         <v>0</v>
       </c>
       <c r="D83" s="111">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="E83" s="112">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F83" s="113">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G83" s="113">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H83" s="113">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84" s="157" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B84" s="158"/>
       <c r="C84" s="122"/>
       <c r="D84" s="159"/>
       <c r="E84" s="160"/>
       <c r="F84" s="161"/>
       <c r="G84" s="161"/>
       <c r="H84" s="161"/>
     </row>
     <row r="85" spans="1:12">
       <c r="A85" s="144" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B85" s="145"/>
       <c r="C85" s="162"/>
       <c r="D85" s="163"/>
       <c r="E85" s="164"/>
       <c r="F85" s="165"/>
       <c r="G85" s="165"/>
       <c r="H85" s="165"/>
     </row>
     <row r="86" spans="1:12">
       <c r="A86" s="144" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B86" s="145"/>
       <c r="C86" s="162"/>
       <c r="D86" s="163"/>
       <c r="E86" s="164"/>
       <c r="F86" s="165"/>
       <c r="G86" s="165"/>
       <c r="H86" s="165"/>
     </row>
     <row r="87" spans="1:12">
       <c r="A87" s="144" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B87" s="145"/>
       <c r="C87" s="162"/>
       <c r="D87" s="163"/>
       <c r="E87" s="164"/>
       <c r="F87" s="165"/>
       <c r="G87" s="165"/>
       <c r="H87" s="165"/>
     </row>
     <row r="88" spans="1:12">
       <c r="A88" s="203"/>
       <c r="B88" s="204"/>
       <c r="C88" s="205"/>
       <c r="D88" s="206"/>
       <c r="E88" s="207"/>
       <c r="F88" s="208"/>
       <c r="G88" s="208"/>
       <c r="H88" s="208"/>
     </row>
     <row r="89" spans="1:12" ht="13.5" thickBot="1">
       <c r="A89" s="166" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B89" s="167"/>
       <c r="C89" s="168">
         <f>SUM(C83:C88)</f>
         <v>0</v>
       </c>
       <c r="D89" s="169"/>
       <c r="E89" s="170"/>
       <c r="F89" s="171"/>
       <c r="G89" s="171"/>
       <c r="H89" s="171"/>
     </row>
     <row r="90" spans="1:12">
       <c r="A90" s="202" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90"/>
       <c r="I90"/>
       <c r="J90"/>
       <c r="K90"/>
       <c r="L90"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="A60:B60"/>
     <mergeCell ref="A61:B61"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H51 H46:H49 H27:H28 H7:H9 H24 H13:H21 H32:H39 H41:H43" xr:uid="{B61226CB-7159-4353-9479-C7292445BE08}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H53" xr:uid="{C9668C84-48A4-46B1-A2E4-E2D62B86FEB6}"/>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H50" xr:uid="{0FE75146-C82F-40C7-9397-E2CC1B43E7F6}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0"/>
   <pageSetup paperSize="9" scale="73" fitToWidth="0" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;L&amp;"Arial,Gras"OPH&amp;R&amp;"Arial,Gras"Excercice : &amp;"Bookman,Normal"&amp;14
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F25434BE-A81E-4ACE-9942-281E2710D09F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L90"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A53" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B57" sqref="B57:B58"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A53" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K10" sqref="K10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="42.7109375" style="172" bestFit="1" customWidth="1"/>
     <col min="2" max="8" width="13.5703125" style="173" customWidth="1"/>
     <col min="9" max="11" width="13.5703125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" customFormat="1" ht="21" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
-      <c r="H1" s="3"/>
+      <c r="H1" s="228" t="s">
+        <v>112</v>
+      </c>
     </row>
     <row r="2" spans="1:12" ht="21" customHeight="1" thickBot="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" s="12" customFormat="1" ht="28.5" customHeight="1">
       <c r="A3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="8"/>
@@ -4961,1072 +5037,1072 @@
       <c r="D20" s="46"/>
       <c r="E20" s="46"/>
       <c r="F20" s="47"/>
       <c r="G20" s="34"/>
       <c r="H20" s="35"/>
     </row>
     <row r="21" spans="1:8" s="12" customFormat="1" ht="12.75" customHeight="1">
       <c r="A21" s="48" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="53" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="54"/>
       <c r="D21" s="54"/>
       <c r="E21" s="54"/>
       <c r="F21" s="55"/>
       <c r="G21" s="51"/>
       <c r="H21" s="52"/>
     </row>
     <row r="22" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="24">
         <v>76</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C22" s="26"/>
       <c r="D22" s="26"/>
       <c r="E22" s="26"/>
       <c r="F22" s="27"/>
       <c r="G22" s="28">
         <f>SUM(G23:G24)</f>
         <v>0</v>
       </c>
       <c r="H22" s="29">
         <f>SUM(H23:H24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A23" s="36" t="s">
+        <v>110</v>
+      </c>
+      <c r="B23" s="37" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C23" s="38"/>
       <c r="D23" s="38"/>
       <c r="E23" s="38"/>
       <c r="F23" s="39"/>
       <c r="G23" s="40"/>
       <c r="H23" s="41"/>
     </row>
     <row r="24" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A24" s="48">
         <v>767</v>
       </c>
       <c r="B24" s="56" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C24" s="57"/>
       <c r="D24" s="57"/>
       <c r="E24" s="57"/>
       <c r="F24" s="58"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A25" s="59">
         <v>778</v>
       </c>
       <c r="B25" s="19" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C25" s="20"/>
       <c r="D25" s="20"/>
       <c r="E25" s="20"/>
       <c r="F25" s="21"/>
       <c r="G25" s="22"/>
       <c r="H25" s="23"/>
     </row>
-    <row r="26" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1" thickBot="1">
+    <row r="26" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A26" s="24">
         <v>78</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C26" s="26"/>
       <c r="D26" s="26"/>
       <c r="E26" s="26"/>
       <c r="F26" s="27"/>
       <c r="G26" s="28">
         <f>SUM(G27:G28)</f>
         <v>0</v>
       </c>
       <c r="H26" s="29">
         <f>SUM(H27:H28)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
-[...1 lines deleted...]
-        <v>78157</v>
+    <row r="27" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
+      <c r="A27" s="227">
+        <v>781525</v>
       </c>
       <c r="B27" s="31" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C27" s="32"/>
       <c r="D27" s="32"/>
       <c r="E27" s="32"/>
       <c r="F27" s="33"/>
       <c r="G27" s="34"/>
       <c r="H27" s="35"/>
     </row>
-    <row r="28" spans="1:8" s="12" customFormat="1" ht="15" hidden="1" customHeight="1">
+    <row r="28" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A28" s="36" t="s">
+        <v>33</v>
+      </c>
+      <c r="B28" s="37" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C28" s="38"/>
       <c r="D28" s="38"/>
       <c r="E28" s="38"/>
       <c r="F28" s="39"/>
       <c r="G28" s="40"/>
       <c r="H28" s="41"/>
     </row>
     <row r="29" spans="1:8" s="12" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A29" s="60" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B29" s="61"/>
       <c r="C29" s="61"/>
       <c r="D29" s="61"/>
       <c r="E29" s="61"/>
       <c r="F29" s="62"/>
       <c r="G29" s="63">
         <f>SUM(G5,G6,G10,G14,G15,G18,G22,G25,G26)</f>
         <v>0</v>
       </c>
       <c r="H29" s="64">
         <f>SUM(H5,H6,H10,H14,H15,H18,H22,H25,H26)</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="67" customFormat="1" ht="18" customHeight="1">
       <c r="A30" s="13" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B30" s="14"/>
       <c r="C30" s="14"/>
       <c r="D30" s="14"/>
       <c r="E30" s="14"/>
       <c r="F30" s="15"/>
       <c r="G30" s="65"/>
       <c r="H30" s="66"/>
     </row>
     <row r="31" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A31" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="B31" s="25" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C31" s="26"/>
       <c r="D31" s="26"/>
       <c r="E31" s="26"/>
       <c r="F31" s="27"/>
       <c r="G31" s="28">
         <f>SUM(G32:G39)</f>
         <v>0</v>
       </c>
       <c r="H31" s="29">
         <f>SUM(H32:H39)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A32" s="30">
         <v>64</v>
       </c>
       <c r="B32" s="31" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C32" s="32"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="33"/>
       <c r="G32" s="34"/>
       <c r="H32" s="35"/>
     </row>
     <row r="33" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A33" s="30">
         <v>6151</v>
       </c>
       <c r="B33" s="31" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C33" s="32"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="33"/>
       <c r="G33" s="34"/>
       <c r="H33" s="35"/>
     </row>
     <row r="34" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A34" s="30">
         <v>6152</v>
       </c>
       <c r="B34" s="31" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C34" s="32"/>
       <c r="D34" s="32"/>
       <c r="E34" s="32"/>
       <c r="F34" s="33"/>
       <c r="G34" s="34"/>
       <c r="H34" s="35"/>
     </row>
     <row r="35" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A35" s="30">
         <v>63512</v>
       </c>
       <c r="B35" s="31" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C35" s="32"/>
       <c r="D35" s="32"/>
       <c r="E35" s="32"/>
       <c r="F35" s="33"/>
       <c r="G35" s="34"/>
       <c r="H35" s="35"/>
     </row>
     <row r="36" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A36" s="30" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B36" s="31" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C36" s="32"/>
       <c r="D36" s="32"/>
       <c r="E36" s="32"/>
       <c r="F36" s="33"/>
       <c r="G36" s="34"/>
       <c r="H36" s="35"/>
     </row>
     <row r="37" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A37" s="30">
         <v>652</v>
       </c>
       <c r="B37" s="45" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C37" s="46"/>
       <c r="D37" s="46"/>
       <c r="E37" s="46"/>
       <c r="F37" s="47"/>
       <c r="G37" s="34"/>
       <c r="H37" s="35"/>
     </row>
     <row r="38" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A38" s="30">
         <v>657</v>
       </c>
       <c r="B38" s="45" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="47"/>
       <c r="G38" s="34"/>
       <c r="H38" s="35"/>
     </row>
     <row r="39" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A39" s="36" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" s="68" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C39" s="49"/>
       <c r="D39" s="49"/>
       <c r="E39" s="49"/>
       <c r="F39" s="50"/>
       <c r="G39" s="40"/>
       <c r="H39" s="41"/>
     </row>
     <row r="40" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A40" s="24">
         <v>66</v>
       </c>
       <c r="B40" s="25" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C40" s="26"/>
       <c r="D40" s="26"/>
       <c r="E40" s="26"/>
       <c r="F40" s="27"/>
       <c r="G40" s="28">
         <f>SUM(G41:G43)</f>
         <v>0</v>
       </c>
       <c r="H40" s="29">
         <f>SUM(H41:H43)</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A41" s="30" t="s">
+        <v>48</v>
+      </c>
+      <c r="B41" s="31" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C41" s="32"/>
       <c r="D41" s="32"/>
       <c r="E41" s="32"/>
       <c r="F41" s="33"/>
       <c r="G41" s="34"/>
       <c r="H41" s="35"/>
     </row>
     <row r="42" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A42" s="30">
         <v>667</v>
       </c>
       <c r="B42" s="45" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C42" s="46"/>
       <c r="D42" s="46"/>
       <c r="E42" s="46"/>
       <c r="F42" s="47"/>
       <c r="G42" s="34"/>
       <c r="H42" s="35"/>
     </row>
     <row r="43" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A43" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="B43" s="31" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C43" s="32"/>
       <c r="D43" s="32"/>
       <c r="E43" s="32"/>
       <c r="F43" s="33"/>
       <c r="G43" s="34"/>
       <c r="H43" s="35"/>
     </row>
     <row r="44" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A44" s="24">
         <v>678</v>
       </c>
       <c r="B44" s="25" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C44" s="26"/>
       <c r="D44" s="26"/>
       <c r="E44" s="26"/>
       <c r="F44" s="27"/>
       <c r="G44" s="28"/>
       <c r="H44" s="29"/>
     </row>
     <row r="45" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A45" s="24">
         <v>68</v>
       </c>
       <c r="B45" s="25" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C45" s="26"/>
       <c r="D45" s="26"/>
       <c r="E45" s="26"/>
       <c r="F45" s="27"/>
       <c r="G45" s="28">
         <f>SUM(G46:G50)</f>
         <v>0</v>
       </c>
       <c r="H45" s="29">
         <f>SUM(H46:H50)</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="12" customFormat="1" ht="22.5">
       <c r="A46" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="B46" s="31" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="32"/>
       <c r="E46" s="32"/>
       <c r="F46" s="33"/>
       <c r="G46" s="34"/>
       <c r="H46" s="35"/>
     </row>
     <row r="47" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A47" s="30" t="s">
+        <v>55</v>
+      </c>
+      <c r="B47" s="31" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C47" s="32"/>
       <c r="D47" s="32"/>
       <c r="E47" s="32"/>
       <c r="F47" s="33"/>
       <c r="G47" s="34"/>
       <c r="H47" s="35"/>
     </row>
     <row r="48" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A48" s="30">
         <v>681525</v>
       </c>
       <c r="B48" s="31" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C48" s="32"/>
       <c r="D48" s="32"/>
       <c r="E48" s="32"/>
       <c r="F48" s="33"/>
       <c r="G48" s="34"/>
       <c r="H48" s="35"/>
     </row>
     <row r="49" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A49" s="30">
         <v>68174</v>
       </c>
       <c r="B49" s="45" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C49" s="46"/>
       <c r="D49" s="46"/>
       <c r="E49" s="46"/>
       <c r="F49" s="47"/>
       <c r="G49" s="34"/>
       <c r="H49" s="35"/>
     </row>
     <row r="50" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A50" s="36" t="s">
+        <v>59</v>
+      </c>
+      <c r="B50" s="37" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C50" s="38"/>
       <c r="D50" s="38"/>
       <c r="E50" s="38"/>
       <c r="F50" s="39"/>
       <c r="G50" s="40"/>
       <c r="H50" s="41"/>
     </row>
     <row r="51" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A51" s="59">
         <v>69</v>
       </c>
       <c r="B51" s="70" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C51" s="71"/>
       <c r="D51" s="71"/>
       <c r="E51" s="71"/>
       <c r="F51" s="72"/>
       <c r="G51" s="22"/>
       <c r="H51" s="23"/>
     </row>
     <row r="52" spans="1:12" s="12" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A52" s="60" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B52" s="73"/>
       <c r="C52" s="73"/>
       <c r="D52" s="73"/>
       <c r="E52" s="73"/>
       <c r="F52" s="73"/>
       <c r="G52" s="63">
         <f>SUM(G31,G40,G44,G45,G51)</f>
         <v>0</v>
       </c>
       <c r="H52" s="64">
         <f>SUM(H31,H40,H44,H45,H51)</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A53" s="74"/>
       <c r="B53" s="75" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C53" s="76"/>
       <c r="D53" s="76"/>
       <c r="E53" s="76"/>
       <c r="F53" s="76"/>
       <c r="G53" s="77"/>
       <c r="H53" s="78"/>
     </row>
     <row r="54" spans="1:12" s="12" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A54" s="220" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B54" s="221"/>
       <c r="C54" s="79"/>
       <c r="D54" s="79"/>
       <c r="E54" s="79"/>
       <c r="F54" s="79"/>
       <c r="G54" s="80">
-        <f>SUM(G29,G52,G53)</f>
+        <f>SUM(G29,-G52,G53)</f>
         <v>0</v>
       </c>
       <c r="H54" s="81">
         <f>SUM(H29,H52,H53)</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:12" ht="15" customHeight="1" thickBot="1">
       <c r="G55" s="174"/>
       <c r="H55" s="174"/>
       <c r="I55" s="12"/>
       <c r="J55" s="12"/>
       <c r="K55" s="12"/>
     </row>
     <row r="56" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A56" s="85"/>
       <c r="B56" s="86" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C56" s="87"/>
       <c r="D56" s="87"/>
       <c r="E56" s="87"/>
       <c r="F56" s="88"/>
       <c r="G56" s="89">
         <f>+_S_REVI1</f>
         <v>0</v>
       </c>
       <c r="H56" s="90">
         <f>+_S_REVI1</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A57" s="91"/>
       <c r="B57" s="214" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C57" s="215"/>
       <c r="D57" s="215"/>
       <c r="E57" s="215"/>
       <c r="F57" s="216"/>
       <c r="G57" s="94">
         <f>-G17-G20-G26</f>
         <v>0</v>
       </c>
       <c r="H57" s="95">
         <f>-H17-H20-H26</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1">
       <c r="A58" s="91"/>
       <c r="B58" s="217" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C58" s="218"/>
       <c r="D58" s="218"/>
       <c r="E58" s="218"/>
       <c r="F58" s="219"/>
       <c r="G58" s="94">
         <f>+G38+G42+G45</f>
         <v>0</v>
       </c>
       <c r="H58" s="95">
         <f>+H38+H42+H45</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:12" s="12" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A59" s="36"/>
       <c r="B59" s="98" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C59" s="99"/>
       <c r="D59" s="99"/>
       <c r="E59" s="99"/>
       <c r="F59" s="100"/>
       <c r="G59" s="40"/>
       <c r="H59" s="41"/>
     </row>
     <row r="60" spans="1:12" s="12" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A60" s="220" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B60" s="222"/>
       <c r="C60" s="101"/>
       <c r="D60" s="101"/>
       <c r="E60" s="101"/>
       <c r="F60" s="101"/>
       <c r="G60" s="80">
         <f>SUM(G56:G59)</f>
         <v>0</v>
       </c>
       <c r="H60" s="81">
         <f>SUM(H56:H59)</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" s="225"/>
       <c r="B61" s="226"/>
       <c r="C61" s="175"/>
       <c r="D61" s="175"/>
       <c r="E61" s="175"/>
       <c r="F61" s="175"/>
       <c r="G61" s="38"/>
       <c r="H61" s="38"/>
       <c r="I61" s="12"/>
       <c r="J61" s="12"/>
       <c r="K61" s="12"/>
     </row>
     <row r="62" spans="1:12" ht="18" customHeight="1" thickBot="1">
       <c r="A62" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
       <c r="I62" s="5"/>
       <c r="J62" s="5"/>
       <c r="K62" s="5"/>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" s="103"/>
       <c r="C63" s="104" t="s">
+        <v>68</v>
+      </c>
+      <c r="D63" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="D63" s="105" t="s">
+      <c r="E63" s="106" t="s">
         <v>70</v>
       </c>
-      <c r="E63" s="106" t="s">
+      <c r="F63" s="107" t="s">
         <v>71</v>
       </c>
-      <c r="F63" s="107" t="s">
+      <c r="G63" s="107" t="s">
         <v>72</v>
       </c>
-      <c r="G63" s="107" t="s">
+      <c r="H63" s="107" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" s="176" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B64" s="177"/>
       <c r="C64" s="110"/>
       <c r="D64" s="178">
         <f>+C83</f>
         <v>0</v>
       </c>
       <c r="E64" s="179">
         <f>+D83</f>
         <v>0</v>
       </c>
       <c r="F64" s="180">
         <f>+E83</f>
         <v>0</v>
       </c>
       <c r="G64" s="180">
         <f>+F83</f>
         <v>0</v>
       </c>
       <c r="H64" s="180">
         <f>+G83</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="146" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B65" s="147"/>
       <c r="C65" s="181"/>
       <c r="D65" s="182"/>
       <c r="E65" s="183"/>
       <c r="F65" s="184"/>
       <c r="G65" s="184"/>
       <c r="H65" s="184"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="120" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B66" s="121"/>
       <c r="C66" s="122"/>
       <c r="D66" s="123">
         <f>+G60-H60</f>
         <v>0</v>
       </c>
       <c r="E66" s="124"/>
       <c r="F66" s="125"/>
       <c r="G66" s="125">
         <f>+J60-K60</f>
         <v>0</v>
       </c>
       <c r="H66" s="125">
         <f>+K60-L60</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="126" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B67" s="127"/>
       <c r="C67" s="128"/>
       <c r="D67" s="129">
         <f>+H54</f>
         <v>0</v>
       </c>
       <c r="E67" s="130"/>
       <c r="F67" s="131">
         <f>+J54</f>
         <v>0</v>
       </c>
       <c r="G67" s="131">
         <f>+K54</f>
         <v>0</v>
       </c>
       <c r="H67" s="131">
         <f>+L54</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="146" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B68" s="147"/>
       <c r="C68" s="132"/>
       <c r="D68" s="133"/>
       <c r="E68" s="134"/>
       <c r="F68" s="135"/>
       <c r="G68" s="135"/>
       <c r="H68" s="135"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="120" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B69" s="121"/>
       <c r="C69" s="136"/>
       <c r="D69" s="137"/>
       <c r="E69" s="138"/>
       <c r="F69" s="139"/>
       <c r="G69" s="139"/>
       <c r="H69" s="139"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="126" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B70" s="127"/>
       <c r="C70" s="128"/>
       <c r="D70" s="129"/>
       <c r="E70" s="130"/>
       <c r="F70" s="131"/>
       <c r="G70" s="131"/>
       <c r="H70" s="131"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="126" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B71" s="127"/>
       <c r="C71" s="128"/>
       <c r="D71" s="129"/>
       <c r="E71" s="130"/>
       <c r="F71" s="131"/>
       <c r="G71" s="131"/>
       <c r="H71" s="131"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="126" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B72" s="127"/>
       <c r="C72" s="128"/>
       <c r="D72" s="129"/>
       <c r="E72" s="130"/>
       <c r="F72" s="131"/>
       <c r="G72" s="131"/>
       <c r="H72" s="131"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="126" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B73" s="127"/>
       <c r="C73" s="128"/>
       <c r="D73" s="129"/>
       <c r="E73" s="130"/>
       <c r="F73" s="131"/>
       <c r="G73" s="131"/>
       <c r="H73" s="131"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="142" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B74" s="143"/>
       <c r="C74" s="128"/>
       <c r="D74" s="129"/>
       <c r="E74" s="130"/>
       <c r="F74" s="131"/>
       <c r="G74" s="131"/>
       <c r="H74" s="131"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="142" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B75" s="143"/>
       <c r="C75" s="128"/>
       <c r="D75" s="129"/>
       <c r="E75" s="130"/>
       <c r="F75" s="131"/>
       <c r="G75" s="131"/>
       <c r="H75" s="131"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="142" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B76" s="143"/>
       <c r="C76" s="128"/>
       <c r="D76" s="129"/>
       <c r="E76" s="130"/>
       <c r="F76" s="131"/>
       <c r="G76" s="131"/>
       <c r="H76" s="131"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="144" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B77" s="143"/>
       <c r="C77" s="128"/>
       <c r="D77" s="129"/>
       <c r="E77" s="130"/>
       <c r="F77" s="131"/>
       <c r="G77" s="131"/>
       <c r="H77" s="131"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="142" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B78" s="143"/>
       <c r="C78" s="128"/>
       <c r="D78" s="129"/>
       <c r="E78" s="130"/>
       <c r="F78" s="131"/>
       <c r="G78" s="131"/>
       <c r="H78" s="131"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="142" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B79" s="143"/>
       <c r="C79" s="128"/>
       <c r="D79" s="129"/>
       <c r="E79" s="130"/>
       <c r="F79" s="131"/>
       <c r="G79" s="131"/>
       <c r="H79" s="131"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="142" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B80" s="143"/>
       <c r="C80" s="128"/>
       <c r="D80" s="129"/>
       <c r="E80" s="130"/>
       <c r="F80" s="131"/>
       <c r="G80" s="131"/>
       <c r="H80" s="131"/>
     </row>
     <row r="81" spans="1:12">
       <c r="A81" s="146"/>
       <c r="B81" s="147"/>
       <c r="C81" s="148"/>
       <c r="D81" s="149"/>
       <c r="E81" s="150"/>
       <c r="F81" s="151"/>
       <c r="G81" s="151"/>
       <c r="H81" s="151"/>
     </row>
     <row r="82" spans="1:12">
       <c r="A82" s="185" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B82" s="186"/>
       <c r="C82" s="154">
         <f t="shared" ref="C82:H82" si="0">SUM(C66:C81)</f>
         <v>0</v>
       </c>
       <c r="D82" s="187">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E82" s="188">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F82" s="188">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G82" s="188">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H82" s="188">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83" s="176" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B83" s="177"/>
       <c r="C83" s="110">
         <f t="shared" ref="C83:H83" si="1">+C64+C82</f>
         <v>0</v>
       </c>
       <c r="D83" s="178">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="E83" s="179">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F83" s="180">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G83" s="180">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H83" s="180">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84" s="189" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B84" s="190"/>
       <c r="C84" s="122"/>
       <c r="D84" s="191"/>
       <c r="E84" s="192"/>
       <c r="F84" s="193"/>
       <c r="G84" s="193"/>
       <c r="H84" s="193"/>
     </row>
     <row r="85" spans="1:12">
       <c r="A85" s="142" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B85" s="143"/>
       <c r="C85" s="162"/>
       <c r="D85" s="194"/>
       <c r="E85" s="195"/>
       <c r="F85" s="196"/>
       <c r="G85" s="196"/>
       <c r="H85" s="196"/>
     </row>
     <row r="86" spans="1:12">
       <c r="A86" s="142" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B86" s="143"/>
       <c r="C86" s="162"/>
       <c r="D86" s="194"/>
       <c r="E86" s="195"/>
       <c r="F86" s="196"/>
       <c r="G86" s="196"/>
       <c r="H86" s="196"/>
     </row>
     <row r="87" spans="1:12">
       <c r="A87" s="142" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B87" s="143"/>
       <c r="C87" s="162"/>
       <c r="D87" s="194"/>
       <c r="E87" s="195"/>
       <c r="F87" s="196"/>
       <c r="G87" s="196"/>
       <c r="H87" s="196"/>
     </row>
     <row r="88" spans="1:12">
       <c r="A88" s="209"/>
       <c r="B88" s="210"/>
       <c r="C88" s="205"/>
       <c r="D88" s="211"/>
       <c r="E88" s="212"/>
       <c r="F88" s="213"/>
       <c r="G88" s="213"/>
       <c r="H88" s="213"/>
     </row>
     <row r="89" spans="1:12" ht="13.5" thickBot="1">
       <c r="A89" s="197" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B89" s="198"/>
       <c r="C89" s="168">
         <f>SUM(C83:C88)</f>
         <v>0</v>
       </c>
       <c r="D89" s="199"/>
       <c r="E89" s="200"/>
       <c r="F89" s="201"/>
       <c r="G89" s="201"/>
       <c r="H89" s="201"/>
     </row>
     <row r="90" spans="1:12">
       <c r="A90" s="202" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90"/>
       <c r="I90"/>
       <c r="J90"/>
       <c r="K90"/>
       <c r="L90"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="A60:B60"/>
     <mergeCell ref="A61:B61"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H50" xr:uid="{DB779E64-583C-43A4-9275-B1225E2911F5}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H53" xr:uid="{F20233BF-8CA8-414C-A766-BBCF81B00347}"/>
     <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H51 H46:H49 H27:H28 H7:H9 H24 H13:H21 H32:H39 H41:H43" xr:uid="{81E6BB2F-6583-4324-8047-5660366E5D9B}">